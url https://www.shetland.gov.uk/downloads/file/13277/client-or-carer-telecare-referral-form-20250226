--- v0 (2026-02-27)
+++ v1 (2026-03-19)
@@ -139,88 +139,74 @@
         </w:rPr>
         <w:t xml:space="preserve">                 </w:t>
       </w:r>
       <w:r w:rsidR="00F731A7" w:rsidRPr="00F731A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Telecare Referral Form (To be completed by the client or a family member)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="720" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2341"/>
         <w:gridCol w:w="5955"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00F731A7" w14:paraId="352F07BD" w14:textId="77777777" w:rsidTr="00D35F4B">
+      <w:tr w:rsidR="00305D2C" w14:paraId="352F07BD" w14:textId="77777777" w:rsidTr="00E31BEA">
         <w:trPr>
           <w:trHeight w:val="315"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2341" w:type="dxa"/>
+            <w:tcW w:w="8296" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="1D240282" w14:textId="77777777" w:rsidR="00F731A7" w:rsidRPr="008F2683" w:rsidRDefault="00F731A7" w:rsidP="00D35F4B">
+          <w:p w14:paraId="098101CF" w14:textId="060A1DD6" w:rsidR="00305D2C" w:rsidRDefault="00305D2C" w:rsidP="00D35F4B">
             <w:pPr>
               <w:spacing w:after="160" w:line="278" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:b/>
-                <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008F2683">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Client Details</w:t>
             </w:r>
-          </w:p>
-[...11 lines deleted...]
-            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00F731A7" w14:paraId="3D2C8A44" w14:textId="77777777" w:rsidTr="00D35F4B">
         <w:trPr>
           <w:trHeight w:val="705"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2341" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6848B792" w14:textId="77777777" w:rsidR="00F731A7" w:rsidRPr="008F2683" w:rsidRDefault="00F731A7" w:rsidP="00D35F4B">
             <w:pPr>
               <w:spacing w:after="160" w:line="278" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008F2683">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>Full Name:</w:t>
             </w:r>
           </w:p>
@@ -380,93 +366,79 @@
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
             <w:r w:rsidRPr="008F2683">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5955" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2D252DB6" w14:textId="77777777" w:rsidR="00F731A7" w:rsidRDefault="00F731A7" w:rsidP="00D35F4B">
             <w:pPr>
               <w:spacing w:after="160" w:line="278" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F731A7" w14:paraId="0F118AD7" w14:textId="77777777" w:rsidTr="00D35F4B">
+      <w:tr w:rsidR="00305D2C" w14:paraId="0F118AD7" w14:textId="77777777" w:rsidTr="00B12E83">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2341" w:type="dxa"/>
+            <w:tcW w:w="8296" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="60EE2D08" w14:textId="77777777" w:rsidR="00F731A7" w:rsidRPr="008F2683" w:rsidRDefault="00F731A7" w:rsidP="00D35F4B">
+          <w:p w14:paraId="2C4285BE" w14:textId="01330781" w:rsidR="00305D2C" w:rsidRDefault="00305D2C" w:rsidP="00D35F4B">
             <w:pPr>
               <w:spacing w:after="160" w:line="278" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:b/>
-                <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008F2683">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Person Completing This Form</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve"> (if different from above)</w:t>
             </w:r>
-          </w:p>
-[...11 lines deleted...]
-            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00F731A7" w14:paraId="07207332" w14:textId="77777777" w:rsidTr="00D35F4B">
         <w:trPr>
           <w:trHeight w:val="738"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2341" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2F081227" w14:textId="77777777" w:rsidR="00F731A7" w:rsidRPr="008F2683" w:rsidRDefault="00F731A7" w:rsidP="00D35F4B">
             <w:pPr>
               <w:spacing w:after="160" w:line="278" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008F2683">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>Name:</w:t>
             </w:r>
           </w:p>
@@ -612,614 +584,1584 @@
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008F2683">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>Date Completed:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5955" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3356786B" w14:textId="77777777" w:rsidR="00F731A7" w:rsidRDefault="00F731A7" w:rsidP="00D35F4B">
             <w:pPr>
               <w:spacing w:after="160" w:line="278" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="6C8D61C5" w14:textId="77777777" w:rsidR="00F731A7" w:rsidRDefault="00F731A7" w:rsidP="00F731A7">
+    <w:p w14:paraId="3B56DE3B" w14:textId="77777777" w:rsidR="00F731A7" w:rsidRDefault="00F731A7" w:rsidP="00F731A7">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3F080A38" w14:textId="77777777" w:rsidR="00F731A7" w:rsidRDefault="00F731A7" w:rsidP="00F731A7">
+    <w:p w14:paraId="4CF04AC5" w14:textId="77777777" w:rsidR="0053120C" w:rsidRDefault="0053120C" w:rsidP="00F731A7">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7872821E" w14:textId="77777777" w:rsidR="00F731A7" w:rsidRDefault="00F731A7" w:rsidP="00F731A7">
+    <w:p w14:paraId="4BA464E6" w14:textId="77777777" w:rsidR="0053120C" w:rsidRDefault="0053120C" w:rsidP="00F731A7">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2358C9EC" w14:textId="77777777" w:rsidR="00F731A7" w:rsidRDefault="00F731A7" w:rsidP="00F731A7">
+    <w:p w14:paraId="5DF1341B" w14:textId="77777777" w:rsidR="0053120C" w:rsidRDefault="0053120C" w:rsidP="00F731A7">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="631A7C8E" w14:textId="77777777" w:rsidR="00F731A7" w:rsidRDefault="00F731A7" w:rsidP="00F731A7">
+    <w:p w14:paraId="1565A776" w14:textId="77777777" w:rsidR="0053120C" w:rsidRDefault="0053120C" w:rsidP="00F731A7">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="692ADB7B" w14:textId="77777777" w:rsidR="00F731A7" w:rsidRDefault="00F731A7" w:rsidP="00F731A7">
+    <w:p w14:paraId="6A5A742C" w14:textId="77777777" w:rsidR="0053120C" w:rsidRDefault="0053120C" w:rsidP="00F731A7">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3B56DE3B" w14:textId="77777777" w:rsidR="00F731A7" w:rsidRDefault="00F731A7" w:rsidP="00F731A7">
+    <w:p w14:paraId="2C37E875" w14:textId="77777777" w:rsidR="0053120C" w:rsidRDefault="0053120C" w:rsidP="00F731A7">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1315023F" w14:textId="77777777" w:rsidR="00305D2C" w:rsidRDefault="00305D2C" w:rsidP="00F731A7">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7621893F" w14:textId="1396847F" w:rsidR="00F731A7" w:rsidRPr="004B6E3C" w:rsidRDefault="00F731A7" w:rsidP="00F731A7">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004B6E3C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Why Are You Requesting Telecare Support?</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7F9B30D7" w14:textId="77777777" w:rsidR="00F731A7" w:rsidRPr="004B6E3C" w:rsidRDefault="00F731A7" w:rsidP="00F731A7">
       <w:r w:rsidRPr="004B6E3C">
         <w:t>Please describe any concerns or reasons for seeking telecare support.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7FADAB27" w14:textId="77777777" w:rsidR="00F731A7" w:rsidRDefault="00F731A7" w:rsidP="00F731A7">
+    <w:p w14:paraId="7FADAB27" w14:textId="77777777" w:rsidR="00F731A7" w:rsidRDefault="00000000" w:rsidP="00F731A7">
       <w:r>
         <w:pict w14:anchorId="0B27E432">
-          <v:rect id="_x0000_i1074" style="width:0;height:1.5pt" o:hralign="center" o:hrstd="t" o:hr="t" fillcolor="#a0a0a0" stroked="f"/>
+          <v:rect id="_x0000_i1026" style="width:0;height:1.5pt" o:hralign="center" o:hrstd="t" o:hr="t" fillcolor="#a0a0a0" stroked="f"/>
         </w:pict>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4D4477E0" w14:textId="3306E81C" w:rsidR="00F731A7" w:rsidRDefault="00F731A7" w:rsidP="00F731A7">
+    <w:p w14:paraId="4D4477E0" w14:textId="3306E81C" w:rsidR="00F731A7" w:rsidRDefault="00000000" w:rsidP="00F731A7">
       <w:r>
         <w:pict w14:anchorId="56631AC5">
-          <v:rect id="_x0000_i1078" style="width:0;height:1.5pt" o:hralign="center" o:hrstd="t" o:hr="t" fillcolor="#a0a0a0" stroked="f"/>
+          <v:rect id="_x0000_i1027" style="width:0;height:1.5pt" o:hralign="center" o:hrstd="t" o:hr="t" fillcolor="#a0a0a0" stroked="f"/>
         </w:pict>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5EDD98BD" w14:textId="38B81467" w:rsidR="00F731A7" w:rsidRDefault="00F731A7" w:rsidP="00F731A7">
+    <w:p w14:paraId="5EDD98BD" w14:textId="38B81467" w:rsidR="00F731A7" w:rsidRDefault="00000000" w:rsidP="00F731A7">
       <w:r>
         <w:pict w14:anchorId="2B034D45">
-          <v:rect id="_x0000_i1079" style="width:0;height:1.5pt" o:hralign="center" o:hrstd="t" o:hr="t" fillcolor="#a0a0a0" stroked="f"/>
+          <v:rect id="_x0000_i1028" style="width:0;height:1.5pt" o:hralign="center" o:hrstd="t" o:hr="t" fillcolor="#a0a0a0" stroked="f"/>
         </w:pict>
       </w:r>
     </w:p>
     <w:p w14:paraId="12475A62" w14:textId="77777777" w:rsidR="00F731A7" w:rsidRPr="004B6E3C" w:rsidRDefault="00F731A7" w:rsidP="00F731A7"/>
     <w:p w14:paraId="448BEB88" w14:textId="77777777" w:rsidR="00F731A7" w:rsidRPr="004B6E3C" w:rsidRDefault="00F731A7" w:rsidP="00F731A7">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004B6E3C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Risk/Clinical Information</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="46D79DB1" w14:textId="77777777" w:rsidR="00F731A7" w:rsidRPr="004B6E3C" w:rsidRDefault="00F731A7" w:rsidP="00F731A7">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004B6E3C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Health and Mobility</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="58C96E9C" w14:textId="77777777" w:rsidR="00F731A7" w:rsidRPr="004B6E3C" w:rsidRDefault="00F731A7" w:rsidP="00F731A7">
+    <w:p w14:paraId="58C96E9C" w14:textId="030C0A26" w:rsidR="00F731A7" w:rsidRPr="004B6E3C" w:rsidRDefault="00000000" w:rsidP="00F731A7">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:spacing w:line="278" w:lineRule="auto"/>
       </w:pPr>
-      <w:r w:rsidRPr="004B6E3C">
-        <w:t>☐ Yes ☐ No — Does the client have any medical conditions that could lead to falls?</w:t>
+      <w:sdt>
+        <w:sdtPr>
+          <w:id w:val="251791412"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtContent>
+          <w:r w:rsidR="001B1299">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="00F731A7" w:rsidRPr="004B6E3C">
+        <w:t xml:space="preserve"> Yes </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:id w:val="499158665"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtContent>
+          <w:r w:rsidR="001B1299">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="00F731A7" w:rsidRPr="004B6E3C">
+        <w:t xml:space="preserve"> No — Does the client have any medical conditions that could lead to falls?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="42A5324F" w14:textId="77777777" w:rsidR="00F731A7" w:rsidRPr="004B6E3C" w:rsidRDefault="00F731A7" w:rsidP="00F731A7">
+    <w:p w14:paraId="42A5324F" w14:textId="612D4B1B" w:rsidR="00F731A7" w:rsidRPr="004B6E3C" w:rsidRDefault="00000000" w:rsidP="00F731A7">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:spacing w:line="278" w:lineRule="auto"/>
       </w:pPr>
-      <w:r w:rsidRPr="004B6E3C">
-        <w:t>☐ Yes ☐ No — Is the client prone to falls or has a history of falling?</w:t>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic"/>
+          </w:rPr>
+          <w:id w:val="1149253618"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtContent>
+          <w:r w:rsidR="001B1299">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="00F731A7" w:rsidRPr="004B6E3C">
+        <w:t xml:space="preserve"> Yes </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:id w:val="2097976389"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtContent>
+          <w:r w:rsidR="001B1299">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="00F731A7" w:rsidRPr="004B6E3C">
+        <w:t xml:space="preserve"> No — Is the client prone to falls or has a history of falling?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5687E028" w14:textId="77777777" w:rsidR="00F731A7" w:rsidRPr="004B6E3C" w:rsidRDefault="00F731A7" w:rsidP="00F731A7">
+    <w:p w14:paraId="5687E028" w14:textId="4BA588CB" w:rsidR="00F731A7" w:rsidRPr="004B6E3C" w:rsidRDefault="00000000" w:rsidP="00F731A7">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:spacing w:line="278" w:lineRule="auto"/>
       </w:pPr>
-      <w:r w:rsidRPr="004B6E3C">
-        <w:t>☐ Yes ☐ No — Does the client have mobility issues that affect their ability to seek help?</w:t>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic"/>
+          </w:rPr>
+          <w:id w:val="1815987055"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtContent>
+          <w:r w:rsidR="001B1299">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="00F731A7" w:rsidRPr="004B6E3C">
+        <w:t xml:space="preserve"> Yes </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:id w:val="1131205684"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtContent>
+          <w:r w:rsidR="001B1299">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="00F731A7" w:rsidRPr="004B6E3C">
+        <w:t>No — Does the client have mobility issues that affect their ability to seek help?</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="35AF481B" w14:textId="77777777" w:rsidR="00F731A7" w:rsidRPr="004B6E3C" w:rsidRDefault="00F731A7" w:rsidP="00F731A7">
       <w:r w:rsidRPr="004B6E3C">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">(Consider </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">requesting a </w:t>
       </w:r>
       <w:r w:rsidRPr="004B6E3C">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Multi-factorial Falls Assessment if none completed in last 12 months)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="206E0B07" w14:textId="77777777" w:rsidR="00F731A7" w:rsidRPr="004B6E3C" w:rsidRDefault="00F731A7" w:rsidP="00F731A7"/>
     <w:p w14:paraId="38A9CF81" w14:textId="77777777" w:rsidR="00F731A7" w:rsidRPr="004B6E3C" w:rsidRDefault="00F731A7" w:rsidP="00F731A7">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004B6E3C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Living Situation</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="658A5809" w14:textId="77777777" w:rsidR="00F731A7" w:rsidRPr="004B6E3C" w:rsidRDefault="00F731A7" w:rsidP="00F731A7">
+    <w:p w14:paraId="658A5809" w14:textId="5863F46D" w:rsidR="00F731A7" w:rsidRPr="004B6E3C" w:rsidRDefault="00000000" w:rsidP="00F731A7">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="18"/>
         </w:numPr>
         <w:spacing w:line="278" w:lineRule="auto"/>
       </w:pPr>
-      <w:r w:rsidRPr="004B6E3C">
-        <w:t>☐ Yes ☐ No — Does the client live alone or spend long periods alone?</w:t>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic"/>
+          </w:rPr>
+          <w:id w:val="1925761574"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtContent>
+          <w:r w:rsidR="001B1299">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="00F731A7" w:rsidRPr="004B6E3C">
+        <w:t xml:space="preserve"> Yes </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:id w:val="57753962"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtContent>
+          <w:r w:rsidR="001B1299">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="00F731A7" w:rsidRPr="004B6E3C">
+        <w:t xml:space="preserve"> No — Does the client live alone or spend long periods alone?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="076038C0" w14:textId="77777777" w:rsidR="00F731A7" w:rsidRPr="004B6E3C" w:rsidRDefault="00F731A7" w:rsidP="00F731A7">
+    <w:p w14:paraId="076038C0" w14:textId="3EEB136F" w:rsidR="00F731A7" w:rsidRPr="004B6E3C" w:rsidRDefault="00000000" w:rsidP="00F731A7">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="18"/>
         </w:numPr>
         <w:spacing w:line="278" w:lineRule="auto"/>
       </w:pPr>
-      <w:r w:rsidRPr="004B6E3C">
-        <w:t>☐ Yes ☐ No — Is there someone nearby who can assist in an emergency?</w:t>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic"/>
+          </w:rPr>
+          <w:id w:val="-1063707704"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtContent>
+          <w:r w:rsidR="001B1299">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="00905045">
+        <w:rPr>
+          <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F731A7" w:rsidRPr="004B6E3C">
+        <w:t xml:space="preserve">Yes </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:id w:val="-2103870639"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtContent>
+          <w:r w:rsidR="001B1299">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="00905045">
+        <w:rPr>
+          <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F731A7" w:rsidRPr="004B6E3C">
+        <w:t>No — Is there someone nearby who can assist in an emergency?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="116DCB4F" w14:textId="77777777" w:rsidR="00F731A7" w:rsidRPr="004B6E3C" w:rsidRDefault="00F731A7" w:rsidP="00F731A7">
+    <w:p w14:paraId="116DCB4F" w14:textId="039D0F6B" w:rsidR="00F731A7" w:rsidRPr="004B6E3C" w:rsidRDefault="00000000" w:rsidP="00F731A7">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="18"/>
         </w:numPr>
         <w:spacing w:line="278" w:lineRule="auto"/>
       </w:pPr>
-      <w:r w:rsidRPr="004B6E3C">
-        <w:t>☐ Yes ☐ No — Is the home environment safe and accessible?</w:t>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic"/>
+          </w:rPr>
+          <w:id w:val="-721759746"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtContent>
+          <w:r w:rsidR="001B1299">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="00F731A7" w:rsidRPr="004B6E3C">
+        <w:t xml:space="preserve"> Yes </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:id w:val="-2038728470"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtContent>
+          <w:r w:rsidR="001B1299">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="00F731A7" w:rsidRPr="004B6E3C">
+        <w:t xml:space="preserve"> No — Is the home environment safe and accessible?</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3C1D59F6" w14:textId="77777777" w:rsidR="00F731A7" w:rsidRPr="004B6E3C" w:rsidRDefault="00F731A7" w:rsidP="00F731A7">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004B6E3C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Cognitive and Mental Health</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4D10F80D" w14:textId="77777777" w:rsidR="00F731A7" w:rsidRPr="004B6E3C" w:rsidRDefault="00F731A7" w:rsidP="00F731A7">
+    <w:p w14:paraId="4D10F80D" w14:textId="41EC22FB" w:rsidR="00F731A7" w:rsidRPr="004B6E3C" w:rsidRDefault="00000000" w:rsidP="00F731A7">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="19"/>
         </w:numPr>
         <w:spacing w:line="278" w:lineRule="auto"/>
       </w:pPr>
-      <w:r w:rsidRPr="004B6E3C">
-        <w:t>☐ Yes ☐ No — Does the client have memory problems or cognitive impairment?</w:t>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic"/>
+          </w:rPr>
+          <w:id w:val="777144698"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtContent>
+          <w:r w:rsidR="001B1299">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="00F731A7" w:rsidRPr="004B6E3C">
+        <w:t xml:space="preserve"> Yes </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:id w:val="-1314722393"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtContent>
+          <w:r w:rsidR="001B1299">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="00F731A7" w:rsidRPr="004B6E3C">
+        <w:t xml:space="preserve"> No — Does the client have memory problems or cognitive impairment?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1F08E1B7" w14:textId="77777777" w:rsidR="00F731A7" w:rsidRPr="004B6E3C" w:rsidRDefault="00F731A7" w:rsidP="00F731A7">
+    <w:p w14:paraId="1F08E1B7" w14:textId="593B69C5" w:rsidR="00F731A7" w:rsidRPr="004B6E3C" w:rsidRDefault="00000000" w:rsidP="00F731A7">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="19"/>
         </w:numPr>
         <w:spacing w:line="278" w:lineRule="auto"/>
       </w:pPr>
-      <w:r w:rsidRPr="004B6E3C">
-        <w:t>☐ Yes ☐ No — Is there confusion or disorientation?</w:t>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic"/>
+          </w:rPr>
+          <w:id w:val="1936095874"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtContent>
+          <w:r w:rsidR="001B1299">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="00F731A7" w:rsidRPr="004B6E3C">
+        <w:t xml:space="preserve"> Yes </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:id w:val="-187450137"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtContent>
+          <w:r w:rsidR="001B1299">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="00F731A7" w:rsidRPr="004B6E3C">
+        <w:t xml:space="preserve"> No — Is there confusion or disorientation?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="32C7FEE6" w14:textId="77777777" w:rsidR="00F731A7" w:rsidRPr="004B6E3C" w:rsidRDefault="00F731A7" w:rsidP="00F731A7">
+    <w:p w14:paraId="32C7FEE6" w14:textId="55099AB8" w:rsidR="00F731A7" w:rsidRPr="004B6E3C" w:rsidRDefault="00000000" w:rsidP="00F731A7">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="19"/>
         </w:numPr>
         <w:spacing w:line="278" w:lineRule="auto"/>
       </w:pPr>
-      <w:r w:rsidRPr="004B6E3C">
-        <w:t>☐ Yes ☐ No — Does the client experience anxiety or fear about being alone?</w:t>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic"/>
+          </w:rPr>
+          <w:id w:val="638687218"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtContent>
+          <w:r w:rsidR="001B1299">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="00F731A7" w:rsidRPr="004B6E3C">
+        <w:t xml:space="preserve"> Yes </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:id w:val="-1428267153"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtContent>
+          <w:r w:rsidR="001B1299">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="00F731A7" w:rsidRPr="004B6E3C">
+        <w:t xml:space="preserve"> No — Does the client experience anxiety or fear about being alone?</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3D8A9A17" w14:textId="77777777" w:rsidR="00F731A7" w:rsidRPr="004B6E3C" w:rsidRDefault="00F731A7" w:rsidP="00F731A7">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004B6E3C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Communication Ability</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="09464AB6" w14:textId="77777777" w:rsidR="00F731A7" w:rsidRPr="004B6E3C" w:rsidRDefault="00F731A7" w:rsidP="00F731A7">
+    <w:p w14:paraId="09464AB6" w14:textId="733A67D2" w:rsidR="00F731A7" w:rsidRPr="004B6E3C" w:rsidRDefault="00000000" w:rsidP="00F731A7">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:spacing w:line="278" w:lineRule="auto"/>
       </w:pPr>
-      <w:r w:rsidRPr="004B6E3C">
-        <w:t>☐ Yes ☐ No — Can the client use a phone or call for help if needed?</w:t>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic"/>
+          </w:rPr>
+          <w:id w:val="-1909995908"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtContent>
+          <w:r w:rsidR="001B1299">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="00F731A7" w:rsidRPr="004B6E3C">
+        <w:t xml:space="preserve"> Yes </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:id w:val="-311645897"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtContent>
+          <w:r w:rsidR="001B1299">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="00F731A7" w:rsidRPr="004B6E3C">
+        <w:t xml:space="preserve"> No — Can the client use a phone or call for help if needed?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="68ACE03C" w14:textId="77777777" w:rsidR="00F731A7" w:rsidRPr="004B6E3C" w:rsidRDefault="00F731A7" w:rsidP="00F731A7">
+    <w:p w14:paraId="68ACE03C" w14:textId="56AE7331" w:rsidR="00F731A7" w:rsidRDefault="00000000" w:rsidP="00F731A7">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:spacing w:line="278" w:lineRule="auto"/>
       </w:pPr>
-      <w:r w:rsidRPr="004B6E3C">
-        <w:t>☐ Yes ☐ No — Would the client be able to operate a community alarm device?</w:t>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic"/>
+          </w:rPr>
+          <w:id w:val="234060003"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtContent>
+          <w:r w:rsidR="001B1299">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="00F731A7" w:rsidRPr="004B6E3C">
+        <w:t xml:space="preserve"> Yes </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:id w:val="-1051464401"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtContent>
+          <w:r w:rsidR="001B1299">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="00F731A7" w:rsidRPr="004B6E3C">
+        <w:t xml:space="preserve"> No — Would the client be able to operate a community alarm device?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="70DD54AE" w14:textId="19D0A97B" w:rsidR="00E32D85" w:rsidRPr="009A3504" w:rsidRDefault="00000000" w:rsidP="00E32D85">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="20"/>
+        </w:numPr>
+        <w:spacing w:line="278" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:cstheme="minorHAnsi"/>
+          </w:rPr>
+          <w:id w:val="1840578975"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtContent>
+          <w:r w:rsidR="00E32D85" w:rsidRPr="009A3504">
+            <w:rPr>
+              <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="00E32D85" w:rsidRPr="009A3504">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Yes </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:cstheme="minorHAnsi"/>
+          </w:rPr>
+          <w:id w:val="-2043045305"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtContent>
+          <w:r w:rsidR="00E32D85" w:rsidRPr="009A3504">
+            <w:rPr>
+              <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="00E32D85" w:rsidRPr="009A3504">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> No — Are they aware of and willing to pay the weekly charge? (£5 per week as per 01/04/2026)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4B235FDF" w14:textId="77777777" w:rsidR="00F731A7" w:rsidRPr="004B6E3C" w:rsidRDefault="00F731A7" w:rsidP="00F731A7">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004B6E3C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Support Network</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2721D471" w14:textId="77777777" w:rsidR="00F731A7" w:rsidRPr="004B6E3C" w:rsidRDefault="00F731A7" w:rsidP="00F731A7">
+    <w:p w14:paraId="2721D471" w14:textId="43EEFFAC" w:rsidR="00F731A7" w:rsidRPr="004B6E3C" w:rsidRDefault="00000000" w:rsidP="00F731A7">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
         <w:spacing w:line="278" w:lineRule="auto"/>
       </w:pPr>
-      <w:r w:rsidRPr="004B6E3C">
-        <w:t>☐ Yes ☐ No — Does the client have regular contact with family, carers or neighbours?</w:t>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic"/>
+          </w:rPr>
+          <w:id w:val="-248890264"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtContent>
+          <w:r w:rsidR="001B1299">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="00F731A7" w:rsidRPr="004B6E3C">
+        <w:t xml:space="preserve"> Yes </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:id w:val="-1175255868"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtContent>
+          <w:r w:rsidR="001B1299">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="00F731A7" w:rsidRPr="004B6E3C">
+        <w:t xml:space="preserve"> No — Does the client have regular contact with family, carers or neighbours?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="57DFB224" w14:textId="77777777" w:rsidR="00F731A7" w:rsidRPr="004B6E3C" w:rsidRDefault="00F731A7" w:rsidP="00F731A7">
+    <w:p w14:paraId="57DFB224" w14:textId="62940AD0" w:rsidR="00F731A7" w:rsidRDefault="00000000" w:rsidP="00F731A7">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
         <w:spacing w:line="278" w:lineRule="auto"/>
       </w:pPr>
-      <w:r w:rsidRPr="004B6E3C">
-[...1 lines deleted...]
-      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic"/>
+          </w:rPr>
+          <w:id w:val="-1022541352"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtContent>
+          <w:r w:rsidR="001B1299">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="00F731A7" w:rsidRPr="004B6E3C">
+        <w:t xml:space="preserve"> Yes </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:id w:val="64608717"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtContent>
+          <w:r w:rsidR="001B1299">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="00F731A7" w:rsidRPr="004B6E3C">
+        <w:t xml:space="preserve"> No — Is there a delay in getting help when needed?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="75C05125" w14:textId="4F61333D" w:rsidR="00E32D85" w:rsidRPr="009A3504" w:rsidRDefault="00000000" w:rsidP="00E32D85">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="21"/>
+        </w:numPr>
+        <w:spacing w:line="278" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:cstheme="minorHAnsi"/>
+          </w:rPr>
+          <w:id w:val="205061155"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtContent>
+          <w:r w:rsidR="00E32D85" w:rsidRPr="009A3504">
+            <w:rPr>
+              <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="00E32D85" w:rsidRPr="009A3504">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Yes </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:cstheme="minorHAnsi"/>
+          </w:rPr>
+          <w:id w:val="1101145309"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtContent>
+          <w:r w:rsidR="00E32D85" w:rsidRPr="009A3504">
+            <w:rPr>
+              <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="00E32D85" w:rsidRPr="009A3504">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> No — Do they have at least 2 people who can be nominated as responders, who are nearby?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00C256A2" w14:textId="77777777" w:rsidR="00E32D85" w:rsidRPr="00E32D85" w:rsidRDefault="00E32D85" w:rsidP="00E32D85">
+      <w:pPr>
+        <w:spacing w:line="278" w:lineRule="auto"/>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:p w14:paraId="3BC1E6AB" w14:textId="77777777" w:rsidR="00F731A7" w:rsidRPr="004B6E3C" w:rsidRDefault="00F731A7" w:rsidP="00F731A7">
-      <w:pPr>
-[...37 lines deleted...]
-    <w:p w14:paraId="19ADFA1C" w14:textId="77777777" w:rsidR="00F731A7" w:rsidRPr="004B6E3C" w:rsidRDefault="00F731A7" w:rsidP="00F731A7">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004B6E3C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
+        <w:t>Risk Factors</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="18BB14ED" w14:textId="1DBA633C" w:rsidR="00F731A7" w:rsidRPr="004B6E3C" w:rsidRDefault="00000000" w:rsidP="00F731A7">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="22"/>
+        </w:numPr>
+        <w:spacing w:line="278" w:lineRule="auto"/>
+      </w:pPr>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic"/>
+          </w:rPr>
+          <w:id w:val="-387416968"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtContent>
+          <w:r w:rsidR="001B1299">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="00F731A7" w:rsidRPr="004B6E3C">
+        <w:t xml:space="preserve"> Yes </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:id w:val="-478999391"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtContent>
+          <w:r w:rsidR="001B1299">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="00F731A7" w:rsidRPr="004B6E3C">
+        <w:t xml:space="preserve"> No — Have there been recent incidents such as falls or medical emergencies?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5C1E83AA" w14:textId="4A29A883" w:rsidR="00F731A7" w:rsidRPr="004B6E3C" w:rsidRDefault="00000000" w:rsidP="00F731A7">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="22"/>
+        </w:numPr>
+        <w:spacing w:line="278" w:lineRule="auto"/>
+      </w:pPr>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic"/>
+          </w:rPr>
+          <w:id w:val="325716245"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtContent>
+          <w:r w:rsidR="001B1299">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="00F731A7" w:rsidRPr="004B6E3C">
+        <w:t xml:space="preserve">Yes </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:id w:val="1844055855"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtContent>
+          <w:r w:rsidR="001B1299">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="00F731A7" w:rsidRPr="004B6E3C">
+        <w:t xml:space="preserve"> No — Are there concerns from family or professionals about the client’s safety?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="02FB2BA9" w14:textId="77777777" w:rsidR="008165F0" w:rsidRDefault="008165F0" w:rsidP="00F731A7">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="19ADFA1C" w14:textId="71A9324A" w:rsidR="00F731A7" w:rsidRPr="004B6E3C" w:rsidRDefault="00F731A7" w:rsidP="00F731A7">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004B6E3C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
         <w:t>Personal Preferences</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4260C67C" w14:textId="77777777" w:rsidR="00F731A7" w:rsidRPr="004B6E3C" w:rsidRDefault="00F731A7" w:rsidP="00F731A7">
+    <w:p w14:paraId="4260C67C" w14:textId="2B655BE9" w:rsidR="00F731A7" w:rsidRPr="004B6E3C" w:rsidRDefault="00000000" w:rsidP="00F731A7">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
         <w:spacing w:line="278" w:lineRule="auto"/>
       </w:pPr>
-      <w:r w:rsidRPr="004B6E3C">
-        <w:t>☐ Yes ☐ No — Does the client express a desire to feel safer or more confident?</w:t>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic"/>
+          </w:rPr>
+          <w:id w:val="1127746094"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtContent>
+          <w:r w:rsidR="001B1299">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="00F731A7" w:rsidRPr="004B6E3C">
+        <w:t xml:space="preserve"> Yes </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:id w:val="968939066"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtContent>
+          <w:r w:rsidR="001B1299">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="00F731A7" w:rsidRPr="004B6E3C">
+        <w:t xml:space="preserve"> No — Does the client express a desire to feel safer or more confident?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="15AB535F" w14:textId="77777777" w:rsidR="00F731A7" w:rsidRPr="004B6E3C" w:rsidRDefault="00F731A7" w:rsidP="00F731A7">
+    <w:p w14:paraId="5CBFC39A" w14:textId="7243AE3F" w:rsidR="00305D2C" w:rsidRPr="004B6E3C" w:rsidRDefault="00000000" w:rsidP="00305D2C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
         <w:spacing w:line="278" w:lineRule="auto"/>
       </w:pPr>
-      <w:r w:rsidRPr="004B6E3C">
-        <w:t>☐ Yes ☐ No — Is the client open to using technology to support independence?</w:t>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic"/>
+          </w:rPr>
+          <w:id w:val="-2091616112"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtContent>
+          <w:r w:rsidR="001B1299">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="00F731A7" w:rsidRPr="004B6E3C">
+        <w:t xml:space="preserve"> Yes </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:id w:val="-1862118407"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtContent>
+          <w:r w:rsidR="001B1299">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="00F731A7" w:rsidRPr="004B6E3C">
+        <w:t xml:space="preserve"> No — Is the client open to using technology to support independence?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="68AA328F" w14:textId="77777777" w:rsidR="00F731A7" w:rsidRPr="004B6E3C" w:rsidRDefault="00F731A7" w:rsidP="00F731A7">
+    <w:p w14:paraId="31259873" w14:textId="57E83FC0" w:rsidR="00305D2C" w:rsidRPr="0053120C" w:rsidRDefault="00000000" w:rsidP="0053120C">
       <w:r>
         <w:pict w14:anchorId="146A03B2">
-          <v:rect id="_x0000_i1075" style="width:0;height:1.5pt" o:hralign="center" o:hrstd="t" o:hr="t" fillcolor="#a0a0a0" stroked="f"/>
+          <v:rect id="_x0000_i1029" style="width:0;height:1.5pt" o:hralign="center" o:hrstd="t" o:hr="t" fillcolor="#a0a0a0" stroked="f"/>
         </w:pict>
       </w:r>
     </w:p>
-    <w:p w14:paraId="646289FD" w14:textId="77777777" w:rsidR="00F731A7" w:rsidRPr="004B6E3C" w:rsidRDefault="00F731A7" w:rsidP="00F731A7">
+    <w:p w14:paraId="646289FD" w14:textId="043645EF" w:rsidR="00F731A7" w:rsidRPr="004B6E3C" w:rsidRDefault="00F731A7" w:rsidP="00F731A7">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004B6E3C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Telecare Services You Think Might Help</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="33549A49" w14:textId="77777777" w:rsidR="00F731A7" w:rsidRPr="004B6E3C" w:rsidRDefault="00F731A7" w:rsidP="00F731A7">
       <w:r w:rsidRPr="004B6E3C">
         <w:t>Please list any devices or services you think would be helpful (e.g., community alarm, fall detector, GPS tracker).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4FAFA129" w14:textId="77777777" w:rsidR="00F731A7" w:rsidRPr="004B6E3C" w:rsidRDefault="00F731A7" w:rsidP="00F731A7">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004B6E3C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Consent</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1FC6760B" w14:textId="77777777" w:rsidR="00F731A7" w:rsidRPr="004B6E3C" w:rsidRDefault="00F731A7" w:rsidP="00F731A7">
+    <w:p w14:paraId="1FC6760B" w14:textId="0ED23A62" w:rsidR="00F731A7" w:rsidRPr="004B6E3C" w:rsidRDefault="00000000" w:rsidP="00F731A7">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:spacing w:line="278" w:lineRule="auto"/>
       </w:pPr>
-      <w:r w:rsidRPr="004B6E3C">
-        <w:t>☐ Yes ☐ No — Has the client agreed to this referral?</w:t>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic"/>
+          </w:rPr>
+          <w:id w:val="1280536770"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtContent>
+          <w:r w:rsidR="001B1299">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="00F731A7" w:rsidRPr="004B6E3C">
+        <w:t xml:space="preserve"> Yes </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:id w:val="-2045966590"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtContent>
+          <w:r w:rsidR="001B1299">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="00F731A7" w:rsidRPr="004B6E3C">
+        <w:t xml:space="preserve"> No — Has the client agreed to this referral?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1BAB36CD" w14:textId="77777777" w:rsidR="00F731A7" w:rsidRPr="004B6E3C" w:rsidRDefault="00F731A7" w:rsidP="00F731A7">
+    <w:p w14:paraId="1BAB36CD" w14:textId="5DA36CA1" w:rsidR="00F731A7" w:rsidRPr="004B6E3C" w:rsidRDefault="00000000" w:rsidP="00F731A7">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:spacing w:line="278" w:lineRule="auto"/>
       </w:pPr>
-      <w:r w:rsidRPr="004B6E3C">
-        <w:t>☐ Yes ☐ No — Has the client been informed about how their data will be used?</w:t>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic"/>
+          </w:rPr>
+          <w:id w:val="-16769328"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtContent>
+          <w:r w:rsidR="001B1299">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="00F731A7" w:rsidRPr="004B6E3C">
+        <w:t xml:space="preserve"> Yes </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:id w:val="578713847"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtContent>
+          <w:r w:rsidR="001B1299">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="00F731A7" w:rsidRPr="004B6E3C">
+        <w:t xml:space="preserve"> No — Has the client been informed about how their data will be used?</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="12620FCC" w14:textId="77777777" w:rsidR="00F731A7" w:rsidRPr="004B6E3C" w:rsidRDefault="00F731A7" w:rsidP="00F731A7">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004B6E3C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Additional Information</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5704B6DC" w14:textId="77777777" w:rsidR="00F731A7" w:rsidRPr="004B6E3C" w:rsidRDefault="00F731A7" w:rsidP="00F731A7">
+    <w:p w14:paraId="5704B6DC" w14:textId="6EB78635" w:rsidR="00F731A7" w:rsidRDefault="00F731A7" w:rsidP="00F731A7">
       <w:r>
         <w:t>I</w:t>
       </w:r>
       <w:r w:rsidRPr="004B6E3C">
-        <w:t>nclude any other details you feel are important.</w:t>
+        <w:t>nclude any other details you feel are important</w:t>
+      </w:r>
+      <w:r w:rsidR="00CB03D0">
+        <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="010FE857" w14:textId="4B8BC05A" w:rsidR="00243292" w:rsidRDefault="00F731A7" w:rsidP="00243292">
+    <w:p w14:paraId="2890FEBE" w14:textId="77777777" w:rsidR="00305D2C" w:rsidRPr="004B6E3C" w:rsidRDefault="00305D2C" w:rsidP="00F731A7"/>
+    <w:p w14:paraId="010FE857" w14:textId="4B8BC05A" w:rsidR="00243292" w:rsidRDefault="00000000" w:rsidP="00243292">
       <w:r>
         <w:pict w14:anchorId="7B8F826E">
-          <v:rect id="_x0000_i1080" style="width:0;height:1.5pt" o:hralign="center" o:hrstd="t" o:hr="t" fillcolor="#a0a0a0" stroked="f"/>
+          <v:rect id="_x0000_i1030" style="width:0;height:1.5pt" o:hralign="center" o:hrstd="t" o:hr="t" fillcolor="#a0a0a0" stroked="f"/>
         </w:pict>
       </w:r>
     </w:p>
     <w:p w14:paraId="67C4D05B" w14:textId="77777777" w:rsidR="00F731A7" w:rsidRPr="00243292" w:rsidRDefault="00F731A7" w:rsidP="00243292">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3CB26551" w14:textId="4ADDC146" w:rsidR="00E1111F" w:rsidRDefault="00F731A7" w:rsidP="00F01BD1">
+    <w:p w14:paraId="3CB26551" w14:textId="4ADDC146" w:rsidR="00E1111F" w:rsidRDefault="00000000" w:rsidP="00F01BD1">
       <w:r>
         <w:pict w14:anchorId="208C8BD9">
-          <v:rect id="_x0000_i1081" style="width:0;height:1.5pt" o:hralign="center" o:hrstd="t" o:hr="t" fillcolor="#a0a0a0" stroked="f"/>
+          <v:rect id="_x0000_i1031" style="width:0;height:1.5pt" o:hralign="center" o:hrstd="t" o:hr="t" fillcolor="#a0a0a0" stroked="f"/>
         </w:pict>
       </w:r>
     </w:p>
     <w:p w14:paraId="5F07A345" w14:textId="77777777" w:rsidR="00F731A7" w:rsidRDefault="00F731A7" w:rsidP="00F01BD1"/>
-    <w:p w14:paraId="423CF381" w14:textId="3428B50F" w:rsidR="00F731A7" w:rsidRDefault="00F731A7" w:rsidP="00F01BD1">
+    <w:p w14:paraId="423CF381" w14:textId="3428B50F" w:rsidR="00F731A7" w:rsidRDefault="00000000" w:rsidP="00F01BD1">
       <w:r>
         <w:pict w14:anchorId="750DF97A">
-          <v:rect id="_x0000_i1082" style="width:0;height:1.5pt" o:hralign="center" o:hrstd="t" o:hr="t" fillcolor="#a0a0a0" stroked="f"/>
+          <v:rect id="_x0000_i1032" style="width:0;height:1.5pt" o:hralign="center" o:hrstd="t" o:hr="t" fillcolor="#a0a0a0" stroked="f"/>
         </w:pict>
       </w:r>
     </w:p>
     <w:p w14:paraId="09E01839" w14:textId="77777777" w:rsidR="00F731A7" w:rsidRPr="00243292" w:rsidRDefault="00F731A7" w:rsidP="00F01BD1">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="413D9526" w14:textId="5E1EAF15" w:rsidR="00F01BD1" w:rsidRPr="00243292" w:rsidRDefault="00F01BD1" w:rsidP="00F01BD1">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00243292">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -1349,122 +2291,137 @@
         <w:r w:rsidR="007D0D93" w:rsidRPr="00243292">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           </w:rPr>
           <w:t>http://www.shetland.gov.uk/information-rights/DataProtection.asp</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:sectPr w:rsidR="004279AA" w:rsidRPr="00243292" w:rsidSect="00C17A26">
       <w:footerReference w:type="default" r:id="rId13"/>
       <w:headerReference w:type="first" r:id="rId14"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="709" w:right="1080" w:bottom="1440" w:left="1080" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="17423EB3" w14:textId="77777777" w:rsidR="006E7CF7" w:rsidRDefault="006E7CF7" w:rsidP="00F44A4B">
+    <w:p w14:paraId="2790B694" w14:textId="77777777" w:rsidR="00F14AAD" w:rsidRDefault="00F14AAD" w:rsidP="00F44A4B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="437BDEC9" w14:textId="77777777" w:rsidR="006E7CF7" w:rsidRDefault="006E7CF7" w:rsidP="00F44A4B">
+    <w:p w14:paraId="5A718227" w14:textId="77777777" w:rsidR="00F14AAD" w:rsidRDefault="00F14AAD" w:rsidP="00F44A4B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Arial">
-    <w:panose1 w:val="020B0604020202020204"/>
+  <w:font w:name="MS Gothic">
+    <w:altName w:val="ＭＳ ゴシック"/>
+    <w:panose1 w:val="020B0609070205080204"/>
+    <w:charset w:val="80"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Segoe UI Symbol">
+    <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="800001E3" w:usb1="1200FFEF" w:usb2="00040000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="1156027373"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
@@ -1488,61 +2445,61 @@
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
   <w:p w14:paraId="250C939B" w14:textId="77777777" w:rsidR="008A3842" w:rsidRDefault="008A3842">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="6BBA10CF" w14:textId="77777777" w:rsidR="006E7CF7" w:rsidRDefault="006E7CF7" w:rsidP="00F44A4B">
+    <w:p w14:paraId="0CDA8390" w14:textId="77777777" w:rsidR="00F14AAD" w:rsidRDefault="00F14AAD" w:rsidP="00F44A4B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="61A8513D" w14:textId="77777777" w:rsidR="006E7CF7" w:rsidRDefault="006E7CF7" w:rsidP="00F44A4B">
+    <w:p w14:paraId="35623231" w14:textId="77777777" w:rsidR="00F14AAD" w:rsidRDefault="00F14AAD" w:rsidP="00F44A4B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:tbl>
     <w:tblPr>
       <w:tblStyle w:val="TableGrid"/>
       <w:tblW w:w="0" w:type="auto"/>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="1742"/>
       <w:gridCol w:w="1743"/>
       <w:gridCol w:w="1755"/>
       <w:gridCol w:w="1559"/>
       <w:gridCol w:w="1843"/>
@@ -1651,51 +2608,51 @@
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:numPicBullet w:numPicBulletId="0">
     <w:pict>
       <v:shapetype w14:anchorId="1AA4E924" id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
         <v:stroke joinstyle="miter"/>
         <v:formulas>
           <v:f eqn="if lineDrawn pixelLineWidth 0"/>
           <v:f eqn="sum @0 1 0"/>
           <v:f eqn="sum 0 0 @1"/>
           <v:f eqn="prod @2 1 2"/>
           <v:f eqn="prod @3 21600 pixelWidth"/>
           <v:f eqn="prod @3 21600 pixelHeight"/>
           <v:f eqn="sum @0 0 1"/>
           <v:f eqn="prod @6 1 2"/>
           <v:f eqn="prod @7 21600 pixelWidth"/>
           <v:f eqn="sum @8 21600 0"/>
           <v:f eqn="prod @7 21600 pixelHeight"/>
           <v:f eqn="sum @10 21600 0"/>
         </v:formulas>
         <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
         <o:lock v:ext="edit" aspectratio="t"/>
       </v:shapetype>
-      <v:shape id="_x0000_i1025" type="#_x0000_t75" style="width:18.8pt;height:23.8pt;visibility:visible;mso-wrap-style:square" o:bullet="t">
+      <v:shape id="_x0000_i1025" type="#_x0000_t75" style="width:19pt;height:24pt;visibility:visible;mso-wrap-style:square" o:bullet="t">
         <v:imagedata r:id="rId1" o:title=""/>
       </v:shape>
     </w:pict>
   </w:numPicBullet>
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="02DB2D9E"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="887A3224"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
@@ -5169,240 +6126,254 @@
     <w:abstractNumId w:val="17"/>
   </w:num>
   <w:num w:numId="19" w16cid:durableId="310184110">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="20" w16cid:durableId="974523804">
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="21" w16cid:durableId="1683387236">
     <w:abstractNumId w:val="16"/>
   </w:num>
   <w:num w:numId="22" w16cid:durableId="810949166">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="23" w16cid:durableId="255022184">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="24" w16cid:durableId="113712861">
     <w:abstractNumId w:val="23"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="120"/>
+  <w:zoom w:percent="90"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00005719"/>
     <w:rsid w:val="00005719"/>
     <w:rsid w:val="00012B03"/>
     <w:rsid w:val="000211D6"/>
     <w:rsid w:val="00040BF9"/>
     <w:rsid w:val="000A0863"/>
+    <w:rsid w:val="000A1CCC"/>
     <w:rsid w:val="0011286A"/>
     <w:rsid w:val="00135919"/>
     <w:rsid w:val="00145824"/>
     <w:rsid w:val="001558E1"/>
     <w:rsid w:val="00167AA0"/>
     <w:rsid w:val="0017380F"/>
     <w:rsid w:val="00174533"/>
     <w:rsid w:val="001A5039"/>
+    <w:rsid w:val="001B1299"/>
     <w:rsid w:val="001C0561"/>
     <w:rsid w:val="001D7547"/>
     <w:rsid w:val="001E01AC"/>
     <w:rsid w:val="001F79CE"/>
     <w:rsid w:val="002077C2"/>
     <w:rsid w:val="00225DF0"/>
     <w:rsid w:val="00242235"/>
     <w:rsid w:val="00243292"/>
     <w:rsid w:val="002B3E2C"/>
     <w:rsid w:val="002B411C"/>
     <w:rsid w:val="002D6267"/>
     <w:rsid w:val="002E366B"/>
     <w:rsid w:val="002E6364"/>
     <w:rsid w:val="002F6760"/>
+    <w:rsid w:val="00305D2C"/>
     <w:rsid w:val="00350409"/>
     <w:rsid w:val="003532BF"/>
     <w:rsid w:val="00356C71"/>
     <w:rsid w:val="00360507"/>
     <w:rsid w:val="00370BF4"/>
     <w:rsid w:val="0038369C"/>
     <w:rsid w:val="003A5DF3"/>
     <w:rsid w:val="003C4521"/>
     <w:rsid w:val="003C7AE2"/>
     <w:rsid w:val="003D529C"/>
     <w:rsid w:val="003E0400"/>
     <w:rsid w:val="003F2312"/>
     <w:rsid w:val="0040117C"/>
     <w:rsid w:val="004279AA"/>
     <w:rsid w:val="00453FCF"/>
     <w:rsid w:val="00465B20"/>
     <w:rsid w:val="00491AF7"/>
     <w:rsid w:val="00492375"/>
     <w:rsid w:val="004A5C15"/>
     <w:rsid w:val="004B5B54"/>
     <w:rsid w:val="004D452C"/>
     <w:rsid w:val="00517BAD"/>
+    <w:rsid w:val="0053120C"/>
     <w:rsid w:val="00547AEE"/>
     <w:rsid w:val="00590B81"/>
     <w:rsid w:val="005A5217"/>
     <w:rsid w:val="005C764F"/>
     <w:rsid w:val="005C7E9A"/>
     <w:rsid w:val="005E6580"/>
     <w:rsid w:val="006367BF"/>
     <w:rsid w:val="00687534"/>
     <w:rsid w:val="00691C60"/>
     <w:rsid w:val="006D5B60"/>
     <w:rsid w:val="006E141E"/>
     <w:rsid w:val="006E7CF7"/>
     <w:rsid w:val="006F1B4F"/>
     <w:rsid w:val="00704E57"/>
     <w:rsid w:val="00707610"/>
     <w:rsid w:val="00716A39"/>
     <w:rsid w:val="00722D35"/>
     <w:rsid w:val="00725860"/>
     <w:rsid w:val="00735CEA"/>
     <w:rsid w:val="00742D25"/>
     <w:rsid w:val="007B6710"/>
     <w:rsid w:val="007D0D93"/>
     <w:rsid w:val="007F25CC"/>
+    <w:rsid w:val="008165F0"/>
     <w:rsid w:val="00823D8B"/>
     <w:rsid w:val="00832719"/>
     <w:rsid w:val="00856F3C"/>
     <w:rsid w:val="00861B63"/>
     <w:rsid w:val="00867250"/>
     <w:rsid w:val="00880CFD"/>
     <w:rsid w:val="00887019"/>
     <w:rsid w:val="008A3842"/>
     <w:rsid w:val="008A4773"/>
     <w:rsid w:val="008C7F9A"/>
     <w:rsid w:val="008F140F"/>
     <w:rsid w:val="008F3E6F"/>
+    <w:rsid w:val="00905045"/>
     <w:rsid w:val="00934BC6"/>
     <w:rsid w:val="00935131"/>
     <w:rsid w:val="00972C4E"/>
+    <w:rsid w:val="009A3504"/>
     <w:rsid w:val="009B5A22"/>
     <w:rsid w:val="009C3F93"/>
     <w:rsid w:val="009D106F"/>
     <w:rsid w:val="009F307B"/>
     <w:rsid w:val="00A1039A"/>
     <w:rsid w:val="00A1742C"/>
     <w:rsid w:val="00A26920"/>
     <w:rsid w:val="00A41329"/>
     <w:rsid w:val="00A55A51"/>
     <w:rsid w:val="00A6058F"/>
     <w:rsid w:val="00A61ADA"/>
     <w:rsid w:val="00A741B3"/>
     <w:rsid w:val="00A82D34"/>
     <w:rsid w:val="00AA4DFE"/>
     <w:rsid w:val="00AA7318"/>
     <w:rsid w:val="00AC1A39"/>
     <w:rsid w:val="00B0564B"/>
     <w:rsid w:val="00B216BD"/>
     <w:rsid w:val="00B401E2"/>
     <w:rsid w:val="00B4779E"/>
     <w:rsid w:val="00B52800"/>
     <w:rsid w:val="00B542AE"/>
     <w:rsid w:val="00B55BDC"/>
     <w:rsid w:val="00BA6C45"/>
     <w:rsid w:val="00BA7BD9"/>
     <w:rsid w:val="00C13B86"/>
+    <w:rsid w:val="00C16390"/>
     <w:rsid w:val="00C17A26"/>
     <w:rsid w:val="00C25B7C"/>
     <w:rsid w:val="00C43892"/>
     <w:rsid w:val="00C524AA"/>
     <w:rsid w:val="00C624F1"/>
     <w:rsid w:val="00C625C4"/>
     <w:rsid w:val="00C648F2"/>
     <w:rsid w:val="00C978BE"/>
+    <w:rsid w:val="00CB03D0"/>
     <w:rsid w:val="00CC14A5"/>
+    <w:rsid w:val="00CC2392"/>
     <w:rsid w:val="00CD6B0A"/>
     <w:rsid w:val="00CF3645"/>
     <w:rsid w:val="00D1167D"/>
     <w:rsid w:val="00D249A5"/>
     <w:rsid w:val="00D42B9B"/>
     <w:rsid w:val="00D50492"/>
     <w:rsid w:val="00D50E1C"/>
     <w:rsid w:val="00D52405"/>
     <w:rsid w:val="00D6404F"/>
+    <w:rsid w:val="00D64489"/>
     <w:rsid w:val="00D938D3"/>
     <w:rsid w:val="00DB76FE"/>
     <w:rsid w:val="00DC6B2F"/>
     <w:rsid w:val="00E05CFC"/>
     <w:rsid w:val="00E1111F"/>
     <w:rsid w:val="00E11508"/>
+    <w:rsid w:val="00E32D85"/>
     <w:rsid w:val="00E57305"/>
     <w:rsid w:val="00EA4B80"/>
     <w:rsid w:val="00EC1BB2"/>
     <w:rsid w:val="00EC6F10"/>
     <w:rsid w:val="00EF6848"/>
     <w:rsid w:val="00F01BD1"/>
+    <w:rsid w:val="00F14AAD"/>
+    <w:rsid w:val="00F1747E"/>
     <w:rsid w:val="00F23575"/>
     <w:rsid w:val="00F376B0"/>
     <w:rsid w:val="00F44A4B"/>
     <w:rsid w:val="00F47DDB"/>
     <w:rsid w:val="00F54936"/>
     <w:rsid w:val="00F731A7"/>
     <w:rsid w:val="1C95AD77"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
-  <w:themeFontLang w:val="en-GB"/>
+  <w:themeFontLang w:val="en-GB" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="28F422FB"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{2BCE6BC1-7F1A-483F-A804-0CA82A585845}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-GB" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
@@ -6269,50 +7240,56 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement/>
+</p:properties>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100AABDF1B8886F1143868D891952B9DBB4" ma:contentTypeVersion="8" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="c3697e45995d32026433d677d303cd04">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="499bb5cb-2fcc-4bc4-9b2b-2df87c6559cf" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="705c77d483cfda51ae1ffc9e5a9ef55a" ns2:_="">
     <xsd:import namespace="499bb5cb-2fcc-4bc4-9b2b-2df87c6559cf"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="499bb5cb-2fcc-4bc4-9b2b-2df87c6559cf" elementFormDefault="qualified">
@@ -6438,130 +7415,124 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...2 lines deleted...]
-</p:properties>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2188A12D-C9D6-44ED-98A0-71114E81F240}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C11D21CC-2CE2-4D64-B8AD-74A82238FBED}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="499bb5cb-2fcc-4bc4-9b2b-2df87c6559cf"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2EAEF988-EAA2-407B-9418-1ED73571E1D1}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
-  </ds:schemaRefs>
-[...7 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>419</Words>
-  <Characters>2743</Characters>
+  <Words>533</Words>
+  <Characters>2628</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>457</Lines>
-  <Paragraphs>243</Paragraphs>
+  <Lines>99</Lines>
+  <Paragraphs>53</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Shetland Islands Council</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2919</CharactersWithSpaces>
+  <CharactersWithSpaces>3169</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Anderson Karen@Montfield Support Services</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="_DocHome">
     <vt:i4>215178590</vt:i4>